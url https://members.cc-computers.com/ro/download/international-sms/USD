--- v0 (2025-10-09)
+++ v1 (2025-12-16)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.1161</v>
+        <v>0.1172</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.1273</v>
+        <v>0.1285</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4795</v>
+        <v>0.4841</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3356</v>
+        <v>0.3389</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1187</v>
+        <v>0.1199</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.279</v>
+        <v>0.2992</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1264</v>
+        <v>0.1276</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.0725</v>
+        <v>0.0732</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>0.0422</v>
+        <v>0.0426</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.4446</v>
+        <v>0.4489</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.4334</v>
+        <v>0.4376</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5405</v>
+        <v>0.5457</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.4664</v>
+        <v>0.4709</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.117</v>
+        <v>0.1181</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2877</v>
+        <v>0.2904</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.1569</v>
+        <v>0.1584</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>0.0586</v>
+        <v>0.0591</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5152</v>
+        <v>0.5202</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.292</v>
+        <v>0.2948</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0785</v>
+        <v>0.0792</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.035</v>
+        <v>0.0354</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.102</v>
+        <v>0.103</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4359</v>
+        <v>0.4401</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1831</v>
+        <v>0.1848</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2458</v>
+        <v>0.2482</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.2903</v>
+        <v>0.2931</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.035</v>
+        <v>0.0354</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3923</v>
+        <v>0.3961</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4882</v>
+        <v>0.4929</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.3592</v>
+        <v>0.3978</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0828</v>
+        <v>0.0836</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.5666</v>
+        <v>0.5721</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.158</v>
+        <v>0.1595</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.057</v>
+        <v>0.0576</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.5666</v>
+        <v>0.5721</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0331</v>
+        <v>0.0334</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0262</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>0.0384</v>
+        <v>0.0387</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1142</v>
+        <v>0.1153</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2659</v>
+        <v>0.2684</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.2964</v>
+        <v>0.2992</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>0.0221</v>
+        <v>0.0224</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.069</v>
+        <v>0.0697</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.1215</v>
+        <v>0.1227</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.1632</v>
+        <v>0.1648</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0699</v>
+        <v>0.0706</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1682</v>
+        <v>0.1699</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3905</v>
+        <v>0.3943</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.5666</v>
+        <v>0.5721</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.0654</v>
+        <v>0.066</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.5666</v>
+        <v>0.5721</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.1295</v>
+        <v>0.1308</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>0.0561</v>
+        <v>0.0567</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.3661</v>
+        <v>0.3697</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0959</v>
+        <v>0.0968</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2354</v>
+        <v>0.2376</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0912</v>
+        <v>0.0921</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1029</v>
+        <v>0.1039</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.0666</v>
+        <v>0.0672</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.0689</v>
+        <v>0.0695</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3748</v>
+        <v>0.3785</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0608</v>
+        <v>0.0614</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1682</v>
+        <v>0.1699</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5492</v>
+        <v>0.5545</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0889</v>
+        <v>0.0898</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>0.0157</v>
+        <v>0.0158</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.2179</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.4446</v>
+        <v>0.4489</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.3347</v>
+        <v>0.338</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2877</v>
+        <v>0.2904</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0608</v>
+        <v>0.0614</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5579</v>
+        <v>0.5633</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.3347</v>
+        <v>0.338</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.0783</v>
+        <v>0.079</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1806</v>
+        <v>0.1824</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0907</v>
+        <v>0.0915</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5621</v>
+        <v>0.5675</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.0678</v>
+        <v>0.0685</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.279</v>
+        <v>0.2816</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1039</v>
+        <v>0.1049</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.469</v>
+        <v>0.4735</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.477</v>
+        <v>0.4816</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.088</v>
+        <v>0.0889</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.0666</v>
+        <v>0.0672</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.155</v>
+        <v>0.1565</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6712</v>
+        <v>0.6777</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0704</v>
+        <v>0.0711</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.3443</v>
+        <v>0.3477</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3356</v>
+        <v>0.3389</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.428</v>
+        <v>0.4321</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.071</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.5056</v>
+        <v>0.5105</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.117</v>
+        <v>0.1181</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>0.0279</v>
+        <v>0.0282</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.401</v>
+        <v>0.4049</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.3923</v>
+        <v>0.3961</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.3487</v>
+        <v>0.4506</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0556</v>
+        <v>0.0562</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.4707</v>
+        <v>0.4753</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.2615</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4359</v>
+        <v>0.4401</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>0.0567</v>
+        <v>0.0572</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1423</v>
+        <v>0.1436</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0697</v>
+        <v>0.0704</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.4446</v>
+        <v>0.4489</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.3374</v>
+        <v>0.3406</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.1832</v>
+        <v>0.185</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.1859</v>
+        <v>0.1876</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.2005</v>
+        <v>0.2024</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.5448</v>
+        <v>0.5501</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0785</v>
+        <v>0.0792</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.1229</v>
+        <v>0.1241</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.4969</v>
+        <v>0.5017</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5143</v>
+        <v>0.5193</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.3574</v>
+        <v>0.3609</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.0614</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0697</v>
+        <v>0.0704</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.3199</v>
+        <v>0.323</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.3347</v>
+        <v>0.338</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0764</v>
+        <v>0.0771</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2155</v>
+        <v>0.2176</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.4272</v>
+        <v>0.4313</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3356</v>
+        <v>0.3389</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.1496</v>
+        <v>0.151</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.3748</v>
+        <v>0.3785</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4882</v>
+        <v>0.4929</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.0591</v>
+        <v>0.0597</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1655</v>
+        <v>0.1671</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.34</v>
+        <v>0.3961</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.5928</v>
+        <v>0.5985</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.2179</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.1064</v>
+        <v>0.1074</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0853</v>
+        <v>0.0861</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.4184</v>
+        <v>0.4225</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2354</v>
+        <v>0.2376</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1046</v>
+        <v>0.1056</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.2267</v>
+        <v>0.2288</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2101</v>
+        <v>0.2121</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.3347</v>
+        <v>0.338</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1123</v>
+        <v>0.1134</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.2702</v>
+        <v>0.2728</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2781</v>
+        <v>0.2808</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.7915</v>
+        <v>0.7992</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0349</v>
+        <v>0.0352</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.1674</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.1458</v>
+        <v>0.1472</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>0.0366</v>
+        <v>0.037</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1283</v>
+        <v>0.1296</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.1743</v>
+        <v>0.176</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2746</v>
+        <v>0.2772</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2188</v>
+        <v>0.2209</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0645</v>
+        <v>0.0651</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.537</v>
+        <v>0.5422</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5631</v>
+        <v>0.5686</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3531</v>
+        <v>0.3917</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.2179</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3748</v>
+        <v>0.3785</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.4272</v>
+        <v>0.4313</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.0725</v>
+        <v>0.0732</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>0.0567</v>
+        <v>0.0572</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.2179</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.0708</v>
+        <v>0.0715</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5143</v>
+        <v>0.5193</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.0781</v>
+        <v>0.0789</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.4969</v>
+        <v>0.5017</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.476</v>
+        <v>0.4806</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3923</v>
+        <v>0.3961</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.1149</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4359</v>
+        <v>0.4401</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.4106</v>
+        <v>0.4145</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.2563</v>
+        <v>0.2588</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3356</v>
+        <v>0.3389</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.3836</v>
+        <v>0.3873</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>0.0244</v>
+        <v>0.0246</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.5032</v>
+        <v>0.508</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.2615</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.3051</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.4969</v>
+        <v>0.5721</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2354</v>
+        <v>0.2376</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>0.0106</v>
+        <v>0.0107</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1355</v>
+        <v>0.1368</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3748</v>
+        <v>0.3785</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2441</v>
+        <v>0.2464</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3592</v>
+        <v>0.3626</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.035</v>
+        <v>0.0354</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.1482</v>
+        <v>0.1496</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.4969</v>
+        <v>0.5457</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.2615</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0514</v>
+        <v>0.0519</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3095</v>
+        <v>0.3124</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.2354</v>
+        <v>0.2376</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2354</v>
+        <v>0.2376</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.2406</v>
+        <v>0.2429</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.17</v>
+        <v>0.1716</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3653</v>
+        <v>0.3688</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2537</v>
+        <v>0.2561</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.2223</v>
+        <v>0.2244</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1639</v>
+        <v>0.1655</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3269</v>
+        <v>0.3301</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4123</v>
+        <v>0.4163</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.1306</v>
+        <v>0.1318</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.1034</v>
+        <v>0.1044</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.2964</v>
+        <v>0.3521</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.1151</v>
+        <v>0.1162</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.1656</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3661</v>
+        <v>0.3697</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.0748</v>
+        <v>0.0755</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.34</v>
+        <v>0.3433</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.2267</v>
+        <v>0.2288</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.1308</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0349</v>
+        <v>0.0352</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0959</v>
+        <v>0.0968</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">