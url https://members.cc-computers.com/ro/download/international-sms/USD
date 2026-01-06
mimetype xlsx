--- v1 (2025-12-16)
+++ v2 (2026-01-06)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.1172</v>
+        <v>0.1168</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.1285</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4841</v>
+        <v>0.4823</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3389</v>
+        <v>0.3376</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1199</v>
+        <v>0.1194</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.2992</v>
+        <v>0.2981</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1276</v>
+        <v>0.1271</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.0732</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>0.0426</v>
+        <v>0.0424</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.4489</v>
+        <v>0.4472</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.4376</v>
+        <v>0.436</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5457</v>
+        <v>0.5437</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.4709</v>
+        <v>0.4691</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.1181</v>
+        <v>0.1177</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2904</v>
+        <v>0.2894</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.1584</v>
+        <v>0.1578</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>0.0591</v>
+        <v>0.0589</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5202</v>
+        <v>0.5182</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.2948</v>
+        <v>0.2938</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0792</v>
+        <v>0.0789</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.0354</v>
+        <v>0.0353</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.103</v>
+        <v>0.1026</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4401</v>
+        <v>0.4384</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1848</v>
+        <v>0.1841</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2482</v>
+        <v>0.2473</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.2931</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.0354</v>
+        <v>0.0353</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3961</v>
+        <v>0.3946</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4929</v>
+        <v>0.4911</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.3978</v>
+        <v>0.3963</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0836</v>
+        <v>0.0833</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.5721</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.1595</v>
+        <v>0.1589</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.0576</v>
+        <v>0.0573</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.5721</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0334</v>
+        <v>0.0333</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0264</v>
+        <v>0.0263</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>0.0387</v>
+        <v>0.0386</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1153</v>
+        <v>0.1149</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2684</v>
+        <v>0.2674</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.2992</v>
+        <v>0.3858</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>0.0224</v>
+        <v>0.0223</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.0697</v>
+        <v>0.0694</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.1227</v>
+        <v>0.1222</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.1648</v>
+        <v>0.1642</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0706</v>
+        <v>0.0703</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1699</v>
+        <v>0.1692</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3943</v>
+        <v>0.3928</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.5721</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.066</v>
+        <v>0.0658</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.5721</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.1308</v>
+        <v>0.1303</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>0.0567</v>
+        <v>0.0565</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.3697</v>
+        <v>0.3858</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0968</v>
+        <v>0.0965</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2376</v>
+        <v>0.2368</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0921</v>
+        <v>0.0917</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1039</v>
+        <v>0.1035</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.0672</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.0695</v>
+        <v>0.0693</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3785</v>
+        <v>0.3771</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0614</v>
+        <v>0.0612</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1699</v>
+        <v>0.1692</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5545</v>
+        <v>0.5524</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0898</v>
+        <v>0.0894</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
         <v>0.0158</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.22</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.4489</v>
+        <v>0.4472</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.338</v>
+        <v>0.3367</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2904</v>
+        <v>0.2894</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0614</v>
+        <v>0.0612</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5633</v>
+        <v>0.5612</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.338</v>
+        <v>0.3367</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.079</v>
+        <v>0.0787</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1824</v>
+        <v>0.1817</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0915</v>
+        <v>0.0912</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5675</v>
+        <v>0.5654</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.0685</v>
+        <v>0.0682</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.2816</v>
+        <v>0.2806</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1049</v>
+        <v>0.1045</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.4735</v>
+        <v>0.4718</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.4816</v>
+        <v>0.4798</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.0889</v>
+        <v>0.0886</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.0672</v>
+        <v>0.067</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.1565</v>
+        <v>0.1559</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6777</v>
+        <v>0.6752</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0711</v>
+        <v>0.0709</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.3477</v>
+        <v>0.3464</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3389</v>
+        <v>0.3376</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.4321</v>
+        <v>0.4305</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.0716</v>
+        <v>0.0714</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.5105</v>
+        <v>0.5086</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.1181</v>
+        <v>0.1177</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>0.0282</v>
+        <v>0.0281</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.4049</v>
+        <v>0.4034</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.3961</v>
+        <v>0.3946</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.4506</v>
+        <v>0.449</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0562</v>
+        <v>0.0559</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.4753</v>
+        <v>0.4735</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.264</v>
+        <v>0.2631</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4401</v>
+        <v>0.4384</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1436</v>
+        <v>0.1431</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0704</v>
+        <v>0.0702</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.4489</v>
+        <v>0.4472</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.3406</v>
+        <v>0.3394</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.185</v>
+        <v>0.1843</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.1876</v>
+        <v>0.187</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.2024</v>
+        <v>0.2017</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.5501</v>
+        <v>0.548</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0792</v>
+        <v>0.0789</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.1241</v>
+        <v>0.1236</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.5017</v>
+        <v>0.4998</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5193</v>
+        <v>0.5174</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.3609</v>
+        <v>0.3595</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.062</v>
+        <v>0.0617</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0704</v>
+        <v>0.0702</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.323</v>
+        <v>0.3394</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.338</v>
+        <v>0.3367</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0771</v>
+        <v>0.0768</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2176</v>
+        <v>0.2168</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.4313</v>
+        <v>0.4297</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3389</v>
+        <v>0.3376</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.151</v>
+        <v>0.1505</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.3785</v>
+        <v>0.3858</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4929</v>
+        <v>0.4911</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.0597</v>
+        <v>0.0595</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1671</v>
+        <v>0.1664</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.3961</v>
+        <v>0.3946</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.5985</v>
+        <v>0.5963</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.22</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.1074</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0861</v>
+        <v>0.0889</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.4225</v>
+        <v>0.4209</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2376</v>
+        <v>0.2368</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1056</v>
+        <v>0.1052</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.2288</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2121</v>
+        <v>0.2113</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.338</v>
+        <v>0.3367</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1134</v>
+        <v>0.1129</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.2728</v>
+        <v>0.2718</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2808</v>
+        <v>0.2797</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.7992</v>
+        <v>0.7962</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0352</v>
+        <v>0.0351</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.169</v>
+        <v>0.1684</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.1472</v>
+        <v>0.1466</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>0.037</v>
+        <v>0.0368</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1296</v>
+        <v>0.1291</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.176</v>
+        <v>0.1754</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2772</v>
+        <v>0.2762</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2209</v>
+        <v>0.2201</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0651</v>
+        <v>0.0649</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.5422</v>
+        <v>0.5402</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5686</v>
+        <v>0.5665</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3917</v>
+        <v>0.3902</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.22</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3785</v>
+        <v>0.3771</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.4313</v>
+        <v>0.4297</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.0732</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>0.0572</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.22</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.0715</v>
+        <v>0.0712</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5193</v>
+        <v>0.5174</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.0789</v>
+        <v>0.0786</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.5017</v>
+        <v>0.4998</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.4806</v>
+        <v>0.4788</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3961</v>
+        <v>0.3946</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.116</v>
+        <v>0.1156</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4401</v>
+        <v>0.4384</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.4145</v>
+        <v>0.413</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.2588</v>
+        <v>0.2578</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3389</v>
+        <v>0.3376</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.3873</v>
+        <v>0.3858</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
         <v>0.0246</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.508</v>
+        <v>0.5061</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.264</v>
+        <v>0.2631</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.308</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.5721</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2376</v>
+        <v>0.2368</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
         <v>0.0107</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1368</v>
+        <v>0.1363</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3785</v>
+        <v>0.3771</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2464</v>
+        <v>0.2455</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3626</v>
+        <v>0.3613</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.0354</v>
+        <v>0.0353</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.1496</v>
+        <v>0.1491</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.5457</v>
+        <v>0.5437</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.264</v>
+        <v>0.2631</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0519</v>
+        <v>0.0517</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3124</v>
+        <v>0.3113</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.2376</v>
+        <v>0.2368</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2376</v>
+        <v>0.2368</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.2429</v>
+        <v>0.242</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.1716</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3688</v>
+        <v>0.3674</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2561</v>
+        <v>0.2552</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.2244</v>
+        <v>0.2236</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1655</v>
+        <v>0.1649</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3301</v>
+        <v>0.3288</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4163</v>
+        <v>0.4148</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.1318</v>
+        <v>0.1314</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.1044</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.3521</v>
+        <v>0.3508</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.1162</v>
+        <v>0.1157</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.22</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3697</v>
+        <v>0.3683</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.0755</v>
+        <v>0.0752</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.3433</v>
+        <v>0.342</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.2288</v>
+        <v>0.228</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.132</v>
+        <v>0.1315</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0352</v>
+        <v>0.0351</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0968</v>
+        <v>0.0965</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">