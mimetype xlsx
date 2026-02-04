--- v2 (2026-01-06)
+++ v3 (2026-02-04)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.1168</v>
+        <v>0.1181</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.128</v>
+        <v>0.1294</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4823</v>
+        <v>0.4875</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3376</v>
+        <v>0.3412</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1194</v>
+        <v>0.1207</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.2981</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1271</v>
+        <v>0.1285</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.073</v>
+        <v>0.0737</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>0.0424</v>
+        <v>0.0429</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.4472</v>
+        <v>0.452</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.436</v>
+        <v>0.4407</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5437</v>
+        <v>0.5495</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.4691</v>
+        <v>0.4742</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.1177</v>
+        <v>0.1189</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2894</v>
+        <v>0.2925</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.1578</v>
+        <v>0.1595</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>0.0589</v>
+        <v>0.0596</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5182</v>
+        <v>0.5238</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.2938</v>
+        <v>0.2969</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0789</v>
+        <v>0.0798</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.0353</v>
+        <v>0.0356</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.1026</v>
+        <v>0.1037</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4384</v>
+        <v>0.4432</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1841</v>
+        <v>0.1861</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2473</v>
+        <v>0.2499</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.292</v>
+        <v>0.2951</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.0353</v>
+        <v>0.0356</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3946</v>
+        <v>0.3988</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4911</v>
+        <v>0.4963</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.3963</v>
+        <v>0.4006</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0833</v>
+        <v>0.0842</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.57</v>
+        <v>0.5761</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.1589</v>
+        <v>0.1606</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.0573</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.57</v>
+        <v>0.5761</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0333</v>
+        <v>0.0337</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0263</v>
+        <v>0.0266</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>0.0386</v>
+        <v>0.039</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1149</v>
+        <v>0.1161</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2674</v>
+        <v>0.2703</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.3858</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>0.0223</v>
+        <v>0.0225</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.0694</v>
+        <v>0.0702</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.1222</v>
+        <v>0.1236</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.1642</v>
+        <v>0.1659</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0703</v>
+        <v>0.0711</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1692</v>
+        <v>0.1711</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3928</v>
+        <v>0.3971</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.57</v>
+        <v>0.5761</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.0658</v>
+        <v>0.0665</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.57</v>
+        <v>0.5761</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.1303</v>
+        <v>0.1317</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>0.0565</v>
+        <v>0.0571</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.3858</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0965</v>
+        <v>0.0975</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2368</v>
+        <v>0.2393</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0917</v>
+        <v>0.0927</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1035</v>
+        <v>0.1046</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.067</v>
+        <v>0.0677</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.0693</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3771</v>
+        <v>0.3811</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0612</v>
+        <v>0.0619</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1692</v>
+        <v>0.1711</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5524</v>
+        <v>0.5584</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0894</v>
+        <v>0.0904</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>0.0158</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.2192</v>
+        <v>0.2216</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.4472</v>
+        <v>0.452</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.3367</v>
+        <v>0.3404</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2894</v>
+        <v>0.2925</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0612</v>
+        <v>0.0619</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5612</v>
+        <v>0.5673</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.3367</v>
+        <v>0.3404</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.0787</v>
+        <v>0.0796</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1817</v>
+        <v>0.1836</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0912</v>
+        <v>0.0922</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5654</v>
+        <v>0.5715</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.0682</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.2806</v>
+        <v>0.2836</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1045</v>
+        <v>0.1057</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.4718</v>
+        <v>0.4768</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.4798</v>
+        <v>0.485</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.0886</v>
+        <v>0.0895</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.067</v>
+        <v>0.0677</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.1559</v>
+        <v>0.1576</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6752</v>
+        <v>0.6825</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0709</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.3464</v>
+        <v>0.3501</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3376</v>
+        <v>0.3412</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.4305</v>
+        <v>0.4352</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.0714</v>
+        <v>0.0721</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.5086</v>
+        <v>0.5141</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.1177</v>
+        <v>0.1189</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>0.0281</v>
+        <v>0.0284</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.4034</v>
+        <v>0.4077</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.3946</v>
+        <v>0.3988</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.449</v>
+        <v>0.4538</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0559</v>
+        <v>0.0565</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.4735</v>
+        <v>0.4963</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.2631</v>
+        <v>0.2836</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4384</v>
+        <v>0.4432</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>0.057</v>
+        <v>0.0576</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1431</v>
+        <v>0.1446</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0702</v>
+        <v>0.0709</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.4472</v>
+        <v>0.452</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.3394</v>
+        <v>0.343</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.1843</v>
+        <v>0.1863</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.187</v>
+        <v>0.189</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.2017</v>
+        <v>0.2039</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.548</v>
+        <v>0.554</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0789</v>
+        <v>0.0798</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.1236</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.4998</v>
+        <v>0.5052</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5174</v>
+        <v>0.5229</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.3595</v>
+        <v>0.3634</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.0617</v>
+        <v>0.0624</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0702</v>
+        <v>0.0709</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.3394</v>
+        <v>0.343</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.3367</v>
+        <v>0.3404</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0768</v>
+        <v>0.0776</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2168</v>
+        <v>0.2191</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.4297</v>
+        <v>0.4343</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3376</v>
+        <v>0.3412</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.1505</v>
+        <v>0.1521</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.3858</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4911</v>
+        <v>0.4963</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.0595</v>
+        <v>0.0601</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1664</v>
+        <v>0.1682</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.3946</v>
+        <v>0.3988</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.5963</v>
+        <v>0.6027</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.2192</v>
+        <v>0.2216</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.107</v>
+        <v>0.1081</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0889</v>
+        <v>0.0899</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.4209</v>
+        <v>0.4254</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2368</v>
+        <v>0.2393</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1052</v>
+        <v>0.1064</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.228</v>
+        <v>0.2482</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2113</v>
+        <v>0.2136</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.3367</v>
+        <v>0.3404</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1129</v>
+        <v>0.1142</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.2718</v>
+        <v>0.2748</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2797</v>
+        <v>0.2827</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.7962</v>
+        <v>0.8048</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0351</v>
+        <v>0.0355</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.1684</v>
+        <v>0.1702</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.1466</v>
+        <v>0.1482</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>0.0368</v>
+        <v>0.0372</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1291</v>
+        <v>0.1305</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.1754</v>
+        <v>0.1773</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2762</v>
+        <v>0.2792</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2201</v>
+        <v>0.2225</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0649</v>
+        <v>0.0656</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.5402</v>
+        <v>0.546</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5665</v>
+        <v>0.5726</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3902</v>
+        <v>0.3944</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.2192</v>
+        <v>0.2216</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3771</v>
+        <v>0.3811</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.4297</v>
+        <v>0.4343</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.073</v>
+        <v>0.0737</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>0.057</v>
+        <v>0.0576</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.2192</v>
+        <v>0.2216</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.0712</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5174</v>
+        <v>0.5229</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.0786</v>
+        <v>0.0794</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.4998</v>
+        <v>0.5052</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.4788</v>
+        <v>0.4839</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3946</v>
+        <v>0.3988</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.1156</v>
+        <v>0.1168</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4384</v>
+        <v>0.4432</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.413</v>
+        <v>0.4175</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.2578</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3376</v>
+        <v>0.3412</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.3858</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>0.0246</v>
+        <v>0.0248</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.5061</v>
+        <v>0.5116</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.2631</v>
+        <v>0.2659</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.3069</v>
+        <v>0.3102</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.57</v>
+        <v>0.5761</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2368</v>
+        <v>0.2393</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>0.0107</v>
+        <v>0.0108</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1363</v>
+        <v>0.1377</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3771</v>
+        <v>0.3811</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2455</v>
+        <v>0.2482</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3613</v>
+        <v>0.3652</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.0353</v>
+        <v>0.0356</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.1491</v>
+        <v>0.1507</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.5437</v>
+        <v>0.5495</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.2631</v>
+        <v>0.2659</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.342</v>
+        <v>0.3457</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0517</v>
+        <v>0.0523</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3113</v>
+        <v>0.3146</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.2368</v>
+        <v>0.257</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2368</v>
+        <v>0.2393</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.242</v>
+        <v>0.2446</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.171</v>
+        <v>0.1728</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3674</v>
+        <v>0.3714</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2552</v>
+        <v>0.2579</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.2236</v>
+        <v>0.226</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1649</v>
+        <v>0.1666</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3288</v>
+        <v>0.3324</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4148</v>
+        <v>0.4192</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.1314</v>
+        <v>0.1328</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.104</v>
+        <v>0.1051</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.3508</v>
+        <v>0.3545</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.1157</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.2192</v>
+        <v>0.2216</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3683</v>
+        <v>0.3723</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.0752</v>
+        <v>0.076</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.342</v>
+        <v>0.3811</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.228</v>
+        <v>0.2304</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.1315</v>
+        <v>0.1329</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0351</v>
+        <v>0.0355</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0965</v>
+        <v>0.0975</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">