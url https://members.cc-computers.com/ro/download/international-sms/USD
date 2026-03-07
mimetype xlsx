--- v3 (2026-02-04)
+++ v4 (2026-03-07)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.1181</v>
+        <v>0.116</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.1294</v>
+        <v>0.1271</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4875</v>
+        <v>0.4789</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3412</v>
+        <v>0.3353</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1207</v>
+        <v>0.1186</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.3014</v>
+        <v>0.2961</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.3102</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1285</v>
+        <v>0.1263</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.0737</v>
+        <v>0.0725</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>0.0429</v>
+        <v>0.0421</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.452</v>
+        <v>0.4441</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.4407</v>
+        <v>0.433</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5495</v>
+        <v>0.5399</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.4742</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.1189</v>
+        <v>0.1169</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2925</v>
+        <v>0.2874</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.1595</v>
+        <v>0.1567</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>0.0596</v>
+        <v>0.0585</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5238</v>
+        <v>0.5146</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.2969</v>
+        <v>0.3091</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0798</v>
+        <v>0.0784</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.0356</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.1037</v>
+        <v>0.1019</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4432</v>
+        <v>0.4354</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1861</v>
+        <v>0.1829</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2499</v>
+        <v>0.2456</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.2951</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.0356</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3988</v>
+        <v>0.3919</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4963</v>
+        <v>0.4877</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.4006</v>
+        <v>0.3936</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0842</v>
+        <v>0.0827</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.5761</v>
+        <v>0.566</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.1606</v>
+        <v>0.1578</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.058</v>
+        <v>0.057</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.5761</v>
+        <v>0.566</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0337</v>
+        <v>0.0331</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0266</v>
+        <v>0.0261</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>0.039</v>
+        <v>0.0383</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1161</v>
+        <v>0.1141</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2703</v>
+        <v>0.2656</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.39</v>
+        <v>0.3832</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>0.0225</v>
+        <v>0.0221</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.0702</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.1236</v>
+        <v>0.1214</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.1659</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0711</v>
+        <v>0.0698</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1711</v>
+        <v>0.1681</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3971</v>
+        <v>0.3901</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.5761</v>
+        <v>0.566</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.0665</v>
+        <v>0.0653</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.5761</v>
+        <v>0.5747</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.1317</v>
+        <v>0.1294</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>0.0571</v>
+        <v>0.0561</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.39</v>
+        <v>0.3832</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0975</v>
+        <v>0.0958</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2393</v>
+        <v>0.2351</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0927</v>
+        <v>0.0911</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1046</v>
+        <v>0.1028</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.0677</v>
+        <v>0.0665</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.07</v>
+        <v>0.0688</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3811</v>
+        <v>0.3744</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0619</v>
+        <v>0.0608</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1711</v>
+        <v>0.1681</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5584</v>
+        <v>0.5486</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0904</v>
+        <v>0.0888</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>0.016</v>
+        <v>0.0157</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.2216</v>
+        <v>0.2177</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.452</v>
+        <v>0.4441</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.3404</v>
+        <v>0.3344</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2925</v>
+        <v>0.2874</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0619</v>
+        <v>0.0608</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.3102</v>
+        <v>0.3048</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5673</v>
+        <v>0.5573</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.3404</v>
+        <v>0.3344</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.0796</v>
+        <v>0.0782</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.3102</v>
+        <v>0.3048</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1836</v>
+        <v>0.1804</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.3102</v>
+        <v>0.3048</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0922</v>
+        <v>0.0906</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5715</v>
+        <v>0.5615</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.069</v>
+        <v>0.0789</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.2836</v>
+        <v>0.2787</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1057</v>
+        <v>0.1038</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.4768</v>
+        <v>0.4685</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.485</v>
+        <v>0.4765</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.0895</v>
+        <v>0.088</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.0677</v>
+        <v>0.0665</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.1576</v>
+        <v>0.1548</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6825</v>
+        <v>0.6705</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0716</v>
+        <v>0.0704</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.3501</v>
+        <v>0.344</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3412</v>
+        <v>0.3353</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.4352</v>
+        <v>0.4276</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.0721</v>
+        <v>0.0709</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.5141</v>
+        <v>0.5051</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.1189</v>
+        <v>0.1169</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>0.0284</v>
+        <v>0.0279</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.4077</v>
+        <v>0.4006</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.3988</v>
+        <v>0.418</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.4538</v>
+        <v>0.4459</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0565</v>
+        <v>0.0556</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.4963</v>
+        <v>0.5051</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.2836</v>
+        <v>0.2787</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4432</v>
+        <v>0.4354</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>0.0576</v>
+        <v>0.0566</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1446</v>
+        <v>0.1421</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0709</v>
+        <v>0.0697</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.452</v>
+        <v>0.4441</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.343</v>
+        <v>0.337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.1863</v>
+        <v>0.183</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.189</v>
+        <v>0.1857</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.2039</v>
+        <v>0.2003</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.554</v>
+        <v>0.5443</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0798</v>
+        <v>0.0784</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.125</v>
+        <v>0.1228</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.5052</v>
+        <v>0.4964</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5229</v>
+        <v>0.5138</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.3634</v>
+        <v>0.357</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.0624</v>
+        <v>0.0613</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0709</v>
+        <v>0.0697</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.343</v>
+        <v>0.337</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.3404</v>
+        <v>0.3344</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0776</v>
+        <v>0.0763</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2191</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.4343</v>
+        <v>0.4267</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3412</v>
+        <v>0.3353</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.1521</v>
+        <v>0.1494</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.39</v>
+        <v>0.3832</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4963</v>
+        <v>0.4877</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.0601</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1682</v>
+        <v>0.1653</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.3988</v>
+        <v>0.3919</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.6027</v>
+        <v>0.5921</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.2216</v>
+        <v>0.2177</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.1081</v>
+        <v>0.1062</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0899</v>
+        <v>0.0883</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.4254</v>
+        <v>0.418</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2393</v>
+        <v>0.2351</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1064</v>
+        <v>0.1045</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.2482</v>
+        <v>0.2438</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2136</v>
+        <v>0.2099</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.3404</v>
+        <v>0.3344</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1142</v>
+        <v>0.1122</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.2748</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2827</v>
+        <v>0.2778</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.8048</v>
+        <v>0.7907</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0355</v>
+        <v>0.0348</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.1702</v>
+        <v>0.1672</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.1482</v>
+        <v>0.1456</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>0.0372</v>
+        <v>0.0366</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1305</v>
+        <v>0.1282</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.1773</v>
+        <v>0.1742</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2792</v>
+        <v>0.2743</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2225</v>
+        <v>0.2186</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0656</v>
+        <v>0.0644</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.546</v>
+        <v>0.5364</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5726</v>
+        <v>0.5625</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3944</v>
+        <v>0.3875</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.3102</v>
+        <v>0.3048</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.2216</v>
+        <v>0.2177</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3811</v>
+        <v>0.3744</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.4343</v>
+        <v>0.4267</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.0737</v>
+        <v>0.0725</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>0.0576</v>
+        <v>0.0566</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.2216</v>
+        <v>0.2177</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.072</v>
+        <v>0.0707</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5229</v>
+        <v>0.5138</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.0794</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.5052</v>
+        <v>0.4964</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.4839</v>
+        <v>0.4755</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3988</v>
+        <v>0.3919</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.1168</v>
+        <v>0.1148</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4432</v>
+        <v>0.4354</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.4175</v>
+        <v>0.4102</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.296</v>
+        <v>0.2909</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3412</v>
+        <v>0.3353</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.39</v>
+        <v>0.3832</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>0.0248</v>
+        <v>0.0244</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.5116</v>
+        <v>0.5026</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.2659</v>
+        <v>0.2612</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.3102</v>
+        <v>0.3048</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.5761</v>
+        <v>0.566</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2393</v>
+        <v>0.2351</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>0.0108</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1377</v>
+        <v>0.1353</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3811</v>
+        <v>0.3744</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2482</v>
+        <v>0.2438</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3652</v>
+        <v>0.3588</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.0356</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.1507</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.5495</v>
+        <v>0.5399</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.2659</v>
+        <v>0.2612</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.3457</v>
+        <v>0.3396</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0523</v>
+        <v>0.0514</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3146</v>
+        <v>0.3091</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.257</v>
+        <v>0.2525</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2393</v>
+        <v>0.2351</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.2446</v>
+        <v>0.2403</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.1728</v>
+        <v>0.1698</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3714</v>
+        <v>0.3649</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2579</v>
+        <v>0.2534</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.226</v>
+        <v>0.2221</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1666</v>
+        <v>0.1637</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3324</v>
+        <v>0.3266</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4192</v>
+        <v>0.4119</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.1328</v>
+        <v>0.1304</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.1051</v>
+        <v>0.1033</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.3545</v>
+        <v>0.3483</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.117</v>
+        <v>0.1149</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.2216</v>
+        <v>0.2177</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3723</v>
+        <v>0.3657</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.076</v>
+        <v>0.0747</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.3811</v>
+        <v>0.3744</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.2304</v>
+        <v>0.2264</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.1329</v>
+        <v>0.1306</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0355</v>
+        <v>0.0348</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0975</v>
+        <v>0.0958</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">