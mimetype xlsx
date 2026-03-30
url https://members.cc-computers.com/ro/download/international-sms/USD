--- v4 (2026-03-07)
+++ v5 (2026-03-30)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.116</v>
+        <v>0.1147</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.1271</v>
+        <v>0.1257</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4789</v>
+        <v>0.4736</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3353</v>
+        <v>0.3315</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1186</v>
+        <v>0.1173</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.2961</v>
+        <v>0.2928</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1263</v>
+        <v>0.1249</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.0725</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>0.0421</v>
+        <v>0.0417</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.4441</v>
+        <v>0.4392</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.433</v>
+        <v>0.4282</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5399</v>
+        <v>0.5339</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.64</v>
+        <v>0.6329</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.1169</v>
+        <v>0.1156</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2874</v>
+        <v>0.2842</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.1567</v>
+        <v>0.155</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>0.0585</v>
+        <v>0.0579</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5146</v>
+        <v>0.5434</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.3091</v>
+        <v>0.3057</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0784</v>
+        <v>0.0775</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.035</v>
+        <v>0.0346</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.1019</v>
+        <v>0.1008</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4354</v>
+        <v>0.4306</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1829</v>
+        <v>0.1808</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2456</v>
+        <v>0.2428</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.29</v>
+        <v>0.2868</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.035</v>
+        <v>0.0346</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3919</v>
+        <v>0.3875</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4877</v>
+        <v>0.4822</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.3936</v>
+        <v>0.3892</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0827</v>
+        <v>0.0818</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.566</v>
+        <v>0.5597</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.1578</v>
+        <v>0.156</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.057</v>
+        <v>0.0563</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.566</v>
+        <v>0.5597</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0331</v>
+        <v>0.0327</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0261</v>
+        <v>0.0258</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>0.0383</v>
+        <v>0.0379</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1141</v>
+        <v>0.1128</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2656</v>
+        <v>0.2626</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.3832</v>
+        <v>0.3789</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>0.0221</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.069</v>
+        <v>0.0682</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.1214</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.163</v>
+        <v>0.1612</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0698</v>
+        <v>0.0691</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1681</v>
+        <v>0.1662</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3901</v>
+        <v>0.3858</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.566</v>
+        <v>0.5597</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.0653</v>
+        <v>0.0646</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.5747</v>
+        <v>0.5683</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.1294</v>
+        <v>0.128</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>0.0561</v>
+        <v>0.0555</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.3832</v>
+        <v>0.3789</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0958</v>
+        <v>0.0947</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2351</v>
+        <v>0.2325</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0911</v>
+        <v>0.0901</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1028</v>
+        <v>0.1016</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.0665</v>
+        <v>0.0658</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.0688</v>
+        <v>0.068</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3744</v>
+        <v>0.3703</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0608</v>
+        <v>0.0601</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1681</v>
+        <v>0.1662</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5486</v>
+        <v>0.5425</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0888</v>
+        <v>0.0878</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>0.0157</v>
+        <v>0.0155</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.2177</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.4441</v>
+        <v>0.4392</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.3344</v>
+        <v>0.3307</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2874</v>
+        <v>0.2842</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0608</v>
+        <v>0.0601</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.3048</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5573</v>
+        <v>0.5511</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.3344</v>
+        <v>0.3307</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.0782</v>
+        <v>0.0773</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.3048</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1804</v>
+        <v>0.1784</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.3048</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0906</v>
+        <v>0.0896</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5615</v>
+        <v>0.5553</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.0789</v>
+        <v>0.078</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.2787</v>
+        <v>0.2756</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1038</v>
+        <v>0.1026</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.4685</v>
+        <v>0.4633</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.4765</v>
+        <v>0.4712</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.088</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.0665</v>
+        <v>0.0658</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.1548</v>
+        <v>0.1645</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6705</v>
+        <v>0.6631</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0704</v>
+        <v>0.0696</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.344</v>
+        <v>0.3401</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3353</v>
+        <v>0.3539</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.4276</v>
+        <v>0.4228</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.0709</v>
+        <v>0.0701</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.5051</v>
+        <v>0.4995</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.1169</v>
+        <v>0.1156</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>0.0279</v>
+        <v>0.0276</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.4006</v>
+        <v>0.3961</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.418</v>
+        <v>0.4133</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.4459</v>
+        <v>0.4409</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0556</v>
+        <v>0.0549</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.5051</v>
+        <v>0.4995</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.2787</v>
+        <v>0.2756</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4354</v>
+        <v>0.4306</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>0.0566</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1421</v>
+        <v>0.1405</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0697</v>
+        <v>0.0689</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.4441</v>
+        <v>0.4392</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.337</v>
+        <v>0.3333</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.183</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.1857</v>
+        <v>0.1836</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.2003</v>
+        <v>0.1981</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.5443</v>
+        <v>0.5382</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0784</v>
+        <v>0.0775</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.1228</v>
+        <v>0.1214</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.4964</v>
+        <v>0.4908</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5138</v>
+        <v>0.5081</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.357</v>
+        <v>0.3531</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.0613</v>
+        <v>0.0606</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0697</v>
+        <v>0.0689</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.337</v>
+        <v>0.3333</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.3344</v>
+        <v>0.3307</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0763</v>
+        <v>0.0754</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2153</v>
+        <v>0.2129</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.4267</v>
+        <v>0.422</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3353</v>
+        <v>0.3315</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.1494</v>
+        <v>0.1478</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.3832</v>
+        <v>0.3789</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4877</v>
+        <v>0.4822</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.059</v>
+        <v>0.0584</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1653</v>
+        <v>0.1634</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.3919</v>
+        <v>0.3875</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.5921</v>
+        <v>0.5856</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.2177</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.1062</v>
+        <v>0.1051</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0883</v>
+        <v>0.0873</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.418</v>
+        <v>0.4133</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2351</v>
+        <v>0.2325</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1045</v>
+        <v>0.1033</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.2438</v>
+        <v>0.2411</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2099</v>
+        <v>0.2075</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.3344</v>
+        <v>0.3307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1122</v>
+        <v>0.1109</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.27</v>
+        <v>0.2669</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2778</v>
+        <v>0.2919</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.7907</v>
+        <v>0.7819</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0348</v>
+        <v>0.0344</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.1672</v>
+        <v>0.1653</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.1456</v>
+        <v>0.144</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>0.0366</v>
+        <v>0.0362</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1282</v>
+        <v>0.1268</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.1742</v>
+        <v>0.1722</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2743</v>
+        <v>0.2713</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2186</v>
+        <v>0.2161</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0644</v>
+        <v>0.0637</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.5364</v>
+        <v>0.5305</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5625</v>
+        <v>0.5563</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3875</v>
+        <v>0.3832</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.3048</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.2177</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3744</v>
+        <v>0.3703</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.4267</v>
+        <v>0.422</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.0725</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>0.0566</v>
+        <v>0.056</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.2177</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.0707</v>
+        <v>0.0699</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5138</v>
+        <v>0.5081</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.078</v>
+        <v>0.0772</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.4964</v>
+        <v>0.4995</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.4755</v>
+        <v>0.4702</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3919</v>
+        <v>0.3875</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.1148</v>
+        <v>0.1135</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4354</v>
+        <v>0.4306</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.4102</v>
+        <v>0.4056</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.2909</v>
+        <v>0.2876</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3353</v>
+        <v>0.3315</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.3832</v>
+        <v>0.3789</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>0.0244</v>
+        <v>0.0241</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.5026</v>
+        <v>0.497</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.2612</v>
+        <v>0.2583</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.3048</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.566</v>
+        <v>0.5597</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2351</v>
+        <v>0.2325</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>0.0106</v>
+        <v>0.0105</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1353</v>
+        <v>0.1338</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3744</v>
+        <v>0.3703</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2438</v>
+        <v>0.2411</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3588</v>
+        <v>0.3892</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.035</v>
+        <v>0.0346</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.148</v>
+        <v>0.1464</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.5399</v>
+        <v>0.5339</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.2612</v>
+        <v>0.2583</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.3396</v>
+        <v>0.3358</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0514</v>
+        <v>0.0508</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3091</v>
+        <v>0.3057</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.2525</v>
+        <v>0.2497</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2351</v>
+        <v>0.2325</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.2403</v>
+        <v>0.2377</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.1698</v>
+        <v>0.1679</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3649</v>
+        <v>0.3608</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2534</v>
+        <v>0.2506</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.2221</v>
+        <v>0.2196</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1637</v>
+        <v>0.1619</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3266</v>
+        <v>0.3229</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4119</v>
+        <v>0.4073</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.1304</v>
+        <v>0.129</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.1033</v>
+        <v>0.1021</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.3483</v>
+        <v>0.3444</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.1149</v>
+        <v>0.1137</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.2177</v>
+        <v>0.2153</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3657</v>
+        <v>0.3617</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.0747</v>
+        <v>0.0739</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.3744</v>
+        <v>0.3703</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.2264</v>
+        <v>0.2239</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.1306</v>
+        <v>0.1292</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0348</v>
+        <v>0.0344</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0958</v>
+        <v>0.0947</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">