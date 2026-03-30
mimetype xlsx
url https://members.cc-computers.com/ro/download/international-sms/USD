--- v5 (2026-03-30)
+++ v6 (2026-03-30)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>0.1147</v>
+        <v>0.1148</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>0.1257</v>
+        <v>0.1259</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>0.4736</v>
+        <v>0.4742</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>0.3315</v>
+        <v>0.332</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>0.1173</v>
+        <v>0.1174</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>0.2928</v>
+        <v>0.2932</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>0.1249</v>
+        <v>0.125</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>0.0716</v>
+        <v>0.0717</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
         <v>0.0417</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>0.4392</v>
+        <v>0.4397</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>0.4282</v>
+        <v>0.4287</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>0.5339</v>
+        <v>0.5346</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>0.6329</v>
+        <v>0.6337</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>0.1156</v>
+        <v>0.1157</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>0.2842</v>
+        <v>0.2845</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>0.155</v>
+        <v>0.1552</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
         <v>0.0579</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>0.5434</v>
+        <v>0.5441</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>0.3057</v>
+        <v>0.3061</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>0.0775</v>
+        <v>0.0776</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>0.0346</v>
+        <v>0.0347</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>0.1008</v>
+        <v>0.1009</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>0.4306</v>
+        <v>0.4311</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>0.1808</v>
+        <v>0.1811</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>0.2428</v>
+        <v>0.2431</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>0.2868</v>
+        <v>0.2871</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>0.0346</v>
+        <v>0.0347</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>0.3875</v>
+        <v>0.388</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4822</v>
+        <v>0.4828</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.3892</v>
+        <v>0.3897</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>0.0818</v>
+        <v>0.0819</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>0.5597</v>
+        <v>0.5604</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>0.156</v>
+        <v>0.1562</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>0.0563</v>
+        <v>0.0564</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>0.5597</v>
+        <v>0.5604</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>0.0327</v>
+        <v>0.0328</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>0.0258</v>
+        <v>0.0259</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
         <v>0.0379</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>0.1128</v>
+        <v>0.113</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>0.2626</v>
+        <v>0.263</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>0.3789</v>
+        <v>0.3794</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
         <v>0.0219</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>0.0682</v>
+        <v>0.0683</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>0.12</v>
+        <v>0.1202</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>0.1612</v>
+        <v>0.1614</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>0.0691</v>
+        <v>0.0692</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>0.1662</v>
+        <v>0.1664</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>0.3858</v>
+        <v>0.3863</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>0.5597</v>
+        <v>0.5604</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>0.0646</v>
+        <v>0.0647</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>0.5683</v>
+        <v>0.5691</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>0.128</v>
+        <v>0.1281</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
         <v>0.0555</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>0.3789</v>
+        <v>0.3794</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>0.0947</v>
+        <v>0.0948</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>0.2325</v>
+        <v>0.2328</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>0.0901</v>
+        <v>0.0902</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>0.1016</v>
+        <v>0.1017</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>0.0658</v>
+        <v>0.0659</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>0.068</v>
+        <v>0.0681</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>0.3703</v>
+        <v>0.3708</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>0.0601</v>
+        <v>0.0602</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>0.1662</v>
+        <v>0.1664</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>0.5425</v>
+        <v>0.5432</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>0.0878</v>
+        <v>0.0879</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
         <v>0.0155</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>0.2153</v>
+        <v>0.2156</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>0.4392</v>
+        <v>0.4397</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>0.3307</v>
+        <v>0.3311</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>0.2842</v>
+        <v>0.2845</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>0.0601</v>
+        <v>0.0602</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>0.3014</v>
+        <v>0.3018</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>0.5511</v>
+        <v>0.5518</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>0.3307</v>
+        <v>0.3311</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>0.0773</v>
+        <v>0.0774</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>0.3014</v>
+        <v>0.3018</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>0.1784</v>
+        <v>0.1787</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>0.0896</v>
+        <v>0.0897</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>0.5553</v>
+        <v>0.556</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>0.078</v>
+        <v>0.0781</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>0.2756</v>
+        <v>0.2759</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>0.1026</v>
+        <v>0.1028</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>0.4633</v>
+        <v>0.4639</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>0.4712</v>
+        <v>0.4718</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>0.087</v>
+        <v>0.0871</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>0.0658</v>
+        <v>0.0659</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>0.1645</v>
+        <v>0.1647</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>0.6631</v>
+        <v>0.6639</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>0.0696</v>
+        <v>0.0697</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>0.3401</v>
+        <v>0.3406</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>0.3539</v>
+        <v>0.3544</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>0.4228</v>
+        <v>0.4234</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>0.0701</v>
+        <v>0.0702</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>0.4995</v>
+        <v>0.5001</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>0.1156</v>
+        <v>0.1157</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
         <v>0.0276</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>0.3961</v>
+        <v>0.3966</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>0.4133</v>
+        <v>0.4139</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>0.4409</v>
+        <v>0.4415</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>0.0549</v>
+        <v>0.055</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>0.4995</v>
+        <v>0.5001</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>0.2756</v>
+        <v>0.2759</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>0.4306</v>
+        <v>0.4311</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
         <v>0.056</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>0.1405</v>
+        <v>0.1407</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>0.0689</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>0.4392</v>
+        <v>0.4397</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>0.3333</v>
+        <v>0.3337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>0.181</v>
+        <v>0.1812</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>0.1836</v>
+        <v>0.1838</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>0.1981</v>
+        <v>0.1983</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>0.5382</v>
+        <v>0.5389</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>0.0775</v>
+        <v>0.0776</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>0.1214</v>
+        <v>0.1216</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>0.4908</v>
+        <v>0.4915</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>0.5081</v>
+        <v>0.5087</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>0.3531</v>
+        <v>0.3535</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>0.0606</v>
+        <v>0.0607</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>0.0689</v>
+        <v>0.069</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>0.3333</v>
+        <v>0.3337</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>0.3307</v>
+        <v>0.3311</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>0.0754</v>
+        <v>0.0755</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>0.2129</v>
+        <v>0.2131</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>0.422</v>
+        <v>0.4225</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>0.3315</v>
+        <v>0.332</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>0.1478</v>
+        <v>0.148</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>0.3789</v>
+        <v>0.3794</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>0.4822</v>
+        <v>0.4828</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>0.0584</v>
+        <v>0.0585</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>0.1634</v>
+        <v>0.1637</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>0.3875</v>
+        <v>0.388</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>0.5856</v>
+        <v>0.5863</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>0.2153</v>
+        <v>0.2156</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>0.1051</v>
+        <v>0.1052</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>0.0873</v>
+        <v>0.0874</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>0.4133</v>
+        <v>0.4139</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>0.2325</v>
+        <v>0.2328</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>0.1033</v>
+        <v>0.1035</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>0.2411</v>
+        <v>0.2414</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>0.2075</v>
+        <v>0.2078</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>0.3307</v>
+        <v>0.3311</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>0.1109</v>
+        <v>0.1111</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>0.2669</v>
+        <v>0.2673</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>0.2919</v>
+        <v>0.2923</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>0.7819</v>
+        <v>0.7829</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>0.0344</v>
+        <v>0.0345</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>0.1653</v>
+        <v>0.1655</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>0.144</v>
+        <v>0.1442</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
         <v>0.0362</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>0.1268</v>
+        <v>0.1269</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>0.1722</v>
+        <v>0.1724</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>0.2713</v>
+        <v>0.2716</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>0.2161</v>
+        <v>0.2164</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>0.0637</v>
+        <v>0.0638</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>0.5305</v>
+        <v>0.5311</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>0.5563</v>
+        <v>0.557</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>0.3832</v>
+        <v>0.3837</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>0.3014</v>
+        <v>0.3018</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>0.2153</v>
+        <v>0.2156</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>0.3703</v>
+        <v>0.3708</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>0.422</v>
+        <v>0.4225</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>0.0716</v>
+        <v>0.0717</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
         <v>0.056</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>0.2153</v>
+        <v>0.2156</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>0.0699</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>0.5081</v>
+        <v>0.5087</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>0.0772</v>
+        <v>0.0773</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>0.4995</v>
+        <v>0.5001</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>0.4702</v>
+        <v>0.4708</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>0.3875</v>
+        <v>0.388</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>0.1135</v>
+        <v>0.1136</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>0.4306</v>
+        <v>0.4311</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>0.4056</v>
+        <v>0.4061</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>0.2876</v>
+        <v>0.288</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>0.3315</v>
+        <v>0.332</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>0.3789</v>
+        <v>0.3794</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
         <v>0.0241</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>0.497</v>
+        <v>0.4977</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>0.2583</v>
+        <v>0.2587</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>0.3014</v>
+        <v>0.3018</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>0.5597</v>
+        <v>0.5604</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>0.2325</v>
+        <v>0.2328</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
         <v>0.0105</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>0.1338</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>0.3703</v>
+        <v>0.3708</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>0.2411</v>
+        <v>0.2414</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>0.3892</v>
+        <v>0.3897</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>0.0346</v>
+        <v>0.0347</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>0.1464</v>
+        <v>0.1466</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>0.5339</v>
+        <v>0.5346</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>0.2583</v>
+        <v>0.2587</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>0.3358</v>
+        <v>0.3363</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>0.0508</v>
+        <v>0.0509</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>0.3057</v>
+        <v>0.3061</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>0.2497</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>0.2325</v>
+        <v>0.2328</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>0.2377</v>
+        <v>0.238</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>0.1679</v>
+        <v>0.1681</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>0.3608</v>
+        <v>0.3613</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>0.2506</v>
+        <v>0.2509</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>0.2196</v>
+        <v>0.2199</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>0.1619</v>
+        <v>0.1621</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>0.3229</v>
+        <v>0.3233</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>0.4073</v>
+        <v>0.4078</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>0.129</v>
+        <v>0.1292</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>0.1021</v>
+        <v>0.1023</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>0.3444</v>
+        <v>0.3449</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>0.1137</v>
+        <v>0.1138</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>0.2153</v>
+        <v>0.2156</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>0.3617</v>
+        <v>0.3621</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>0.0739</v>
+        <v>0.074</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>0.3703</v>
+        <v>0.3708</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>0.2239</v>
+        <v>0.2242</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>0.1292</v>
+        <v>0.1293</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>0.0344</v>
+        <v>0.0345</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>0.0947</v>
+        <v>0.0948</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">