--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>32.6489</v>
+        <v>32.8335</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>35.7864</v>
+        <v>35.9887</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>134.8117</v>
+        <v>135.5738</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>94.3682</v>
+        <v>94.9016</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>33.3843</v>
+        <v>33.573</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>78.4359</v>
+        <v>83.8092</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>35.5413</v>
+        <v>35.7422</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>20.3933</v>
+        <v>20.5086</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>11.8634</v>
+        <v>11.9305</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>125.0072</v>
+        <v>125.7138</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>121.8698</v>
+        <v>122.5587</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>151.9696</v>
+        <v>152.8286</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>131.135</v>
+        <v>131.8763</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>32.8941</v>
+        <v>33.08</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>80.887</v>
+        <v>81.3443</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>44.1202</v>
+        <v>44.3696</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>16.4715</v>
+        <v>16.5646</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>144.8613</v>
+        <v>145.6802</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>82.1126</v>
+        <v>82.5767</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>22.0601</v>
+        <v>22.1848</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>9.8535</v>
+        <v>9.9092</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>28.6781</v>
+        <v>28.8402</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>122.5561</v>
+        <v>123.2489</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>51.4736</v>
+        <v>51.7645</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>69.1216</v>
+        <v>69.5124</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>81.6224</v>
+        <v>82.0837</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>9.8535</v>
+        <v>9.9092</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>110.3005</v>
+        <v>110.924</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>137.2628</v>
+        <v>138.0387</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>100.9862</v>
+        <v>111.417</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>23.2857</v>
+        <v>23.4173</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>159.3229</v>
+        <v>160.2235</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>44.4143</v>
+        <v>44.6654</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>16.0303</v>
+        <v>16.121</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>159.3229</v>
+        <v>160.2235</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>9.3143</v>
+        <v>9.3669</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>7.3534</v>
+        <v>7.3949</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>10.7849</v>
+        <v>10.8459</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>32.1097</v>
+        <v>32.2912</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>74.7592</v>
+        <v>75.1818</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>83.3382</v>
+        <v>83.8092</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>6.2259</v>
+        <v>6.261</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>19.4129</v>
+        <v>19.5226</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>34.1686</v>
+        <v>34.3618</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>45.885</v>
+        <v>46.1444</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>19.658</v>
+        <v>19.7691</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>47.3067</v>
+        <v>47.5741</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>109.8103</v>
+        <v>110.431</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>159.3229</v>
+        <v>160.2235</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>18.3834</v>
+        <v>18.4873</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>159.3229</v>
+        <v>160.2235</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>36.4237</v>
+        <v>36.6296</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>15.7852</v>
+        <v>15.8745</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>102.9471</v>
+        <v>103.5291</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>26.9623</v>
+        <v>27.1148</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>66.1803</v>
+        <v>66.5544</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>25.6387</v>
+        <v>25.7837</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>28.9232</v>
+        <v>29.0867</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>18.7266</v>
+        <v>18.8324</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>19.3639</v>
+        <v>19.4733</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>105.3983</v>
+        <v>105.994</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>17.1088</v>
+        <v>17.2055</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>47.3067</v>
+        <v>47.5741</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>154.4207</v>
+        <v>155.2936</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>25.0014</v>
+        <v>25.1428</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>4.412</v>
+        <v>4.437</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>61.2781</v>
+        <v>61.6244</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>125.0072</v>
+        <v>125.7138</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>94.1231</v>
+        <v>94.6551</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>80.887</v>
+        <v>81.3443</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>17.1088</v>
+        <v>17.2055</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>156.8718</v>
+        <v>157.7586</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>94.1231</v>
+        <v>94.6551</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>22.0111</v>
+        <v>22.1355</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>50.7873</v>
+        <v>51.0743</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>25.4917</v>
+        <v>25.6358</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>158.0484</v>
+        <v>158.9417</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>19.0697</v>
+        <v>19.1775</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>78.4359</v>
+        <v>78.8793</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>29.2174</v>
+        <v>29.3825</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>131.8704</v>
+        <v>132.6158</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>134.1254</v>
+        <v>134.8836</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>24.7563</v>
+        <v>24.8963</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>18.7266</v>
+        <v>18.8324</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>43.581</v>
+        <v>43.8273</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>188.7364</v>
+        <v>189.8033</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>19.8051</v>
+        <v>19.917</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>96.8193</v>
+        <v>97.3666</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>94.3682</v>
+        <v>94.9016</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>120.3501</v>
+        <v>121.0304</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>19.9521</v>
+        <v>20.0649</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>142.1651</v>
+        <v>142.9687</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>32.8941</v>
+        <v>33.08</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>7.8436</v>
+        <v>7.8879</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>112.7516</v>
+        <v>113.389</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>110.3005</v>
+        <v>110.924</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>98.0449</v>
+        <v>126.2068</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>15.6382</v>
+        <v>15.7266</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>132.3606</v>
+        <v>133.1088</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>73.5337</v>
+        <v>73.9493</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>122.5561</v>
+        <v>123.2489</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>15.9323</v>
+        <v>16.0224</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>40.0023</v>
+        <v>40.2284</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>19.609</v>
+        <v>19.7198</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>125.0072</v>
+        <v>125.7138</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>94.8584</v>
+        <v>95.3946</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>51.5226</v>
+        <v>51.8138</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>52.2579</v>
+        <v>52.5533</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>56.3758</v>
+        <v>56.6945</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>153.1951</v>
+        <v>154.0611</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>22.0601</v>
+        <v>22.1848</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>34.5608</v>
+        <v>34.7562</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>139.714</v>
+        <v>140.5037</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>144.6162</v>
+        <v>145.4337</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>100.496</v>
+        <v>101.0641</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>17.2559</v>
+        <v>17.3534</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>19.609</v>
+        <v>19.7198</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>89.9562</v>
+        <v>90.4647</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>94.1231</v>
+        <v>94.6551</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>21.4718</v>
+        <v>21.5932</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>60.5917</v>
+        <v>60.9342</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>120.105</v>
+        <v>120.7839</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>94.3682</v>
+        <v>94.9016</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>42.0613</v>
+        <v>42.299</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>105.3983</v>
+        <v>105.994</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>137.2628</v>
+        <v>138.0387</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>16.6186</v>
+        <v>16.7125</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>46.5223</v>
+        <v>46.7853</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>95.5938</v>
+        <v>110.924</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>166.6763</v>
+        <v>167.6185</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>61.2781</v>
+        <v>61.6244</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>29.9037</v>
+        <v>30.0727</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>23.972</v>
+        <v>24.1075</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>117.6539</v>
+        <v>118.3189</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>66.1803</v>
+        <v>66.5544</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>29.4135</v>
+        <v>29.5797</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>63.7292</v>
+        <v>64.0894</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>59.072</v>
+        <v>59.406</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>94.1231</v>
+        <v>94.6551</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>31.5705</v>
+        <v>31.7489</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>75.9848</v>
+        <v>76.4143</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>78.1908</v>
+        <v>78.6328</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>222.5619</v>
+        <v>223.8199</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>9.8045</v>
+        <v>9.8599</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>47.0615</v>
+        <v>47.3276</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>40.9828</v>
+        <v>41.2144</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>10.2947</v>
+        <v>10.3529</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>36.0805</v>
+        <v>36.2845</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>49.0224</v>
+        <v>49.2995</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>77.2104</v>
+        <v>77.6468</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>61.5232</v>
+        <v>61.8709</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>18.1383</v>
+        <v>18.2408</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>150.9891</v>
+        <v>151.8426</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>158.3425</v>
+        <v>159.2375</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>99.2705</v>
+        <v>109.6915</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>61.2781</v>
+        <v>61.6244</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>105.3983</v>
+        <v>105.994</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>120.105</v>
+        <v>120.7839</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>20.3933</v>
+        <v>20.5086</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>15.9323</v>
+        <v>16.0224</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>61.2781</v>
+        <v>61.6244</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>19.9031</v>
+        <v>20.0156</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>144.6162</v>
+        <v>145.4337</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>21.9621</v>
+        <v>22.0862</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>139.714</v>
+        <v>140.5037</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>133.8313</v>
+        <v>134.5878</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>110.3005</v>
+        <v>110.924</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>32.3058</v>
+        <v>32.4884</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>122.5561</v>
+        <v>123.2489</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>115.4479</v>
+        <v>116.1004</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>72.063</v>
+        <v>72.4703</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>94.3682</v>
+        <v>94.9016</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>107.8494</v>
+        <v>108.459</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>6.8631</v>
+        <v>6.9019</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>141.4788</v>
+        <v>142.2785</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>73.5337</v>
+        <v>73.9493</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>85.7893</v>
+        <v>86.2742</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>139.714</v>
+        <v>160.2235</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>66.1803</v>
+        <v>66.5544</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>2.9904</v>
+        <v>3.0073</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>38.0904</v>
+        <v>38.3057</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>105.3983</v>
+        <v>105.994</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>68.6314</v>
+        <v>69.0194</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>100.9862</v>
+        <v>101.5571</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>9.8535</v>
+        <v>9.9092</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>41.6691</v>
+        <v>41.9046</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>139.714</v>
+        <v>152.8286</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>73.5337</v>
+        <v>73.9493</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>14.4616</v>
+        <v>14.5434</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>87.0148</v>
+        <v>87.5067</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>66.1803</v>
+        <v>66.5544</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>66.1803</v>
+        <v>66.5544</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>67.651</v>
+        <v>68.0334</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>47.7969</v>
+        <v>48.0671</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>102.702</v>
+        <v>103.2826</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>71.3277</v>
+        <v>71.7308</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>62.5036</v>
+        <v>62.8569</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>46.0811</v>
+        <v>46.3416</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>91.9171</v>
+        <v>92.4367</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>115.9381</v>
+        <v>116.5934</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>36.7178</v>
+        <v>36.9254</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>29.0703</v>
+        <v>29.2346</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>83.3382</v>
+        <v>98.5991</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>32.3548</v>
+        <v>32.5377</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>46.5713</v>
+        <v>61.6244</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>102.9471</v>
+        <v>103.5291</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>21.0306</v>
+        <v>21.1495</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>95.5938</v>
+        <v>96.1341</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>63.7292</v>
+        <v>64.0894</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>36.7668</v>
+        <v>36.9747</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>9.8045</v>
+        <v>9.8599</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>26.9623</v>
+        <v>27.1148</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">