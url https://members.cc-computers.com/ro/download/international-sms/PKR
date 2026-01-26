--- v1 (2025-11-26)
+++ v2 (2026-01-26)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>32.8335</v>
+        <v>33.0658</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>35.9887</v>
+        <v>36.2433</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>135.5738</v>
+        <v>136.5331</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>94.9016</v>
+        <v>95.5732</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>33.573</v>
+        <v>33.8106</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>83.8092</v>
+        <v>84.4023</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>35.7422</v>
+        <v>35.9951</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>20.5086</v>
+        <v>20.6537</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>11.9305</v>
+        <v>12.0149</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>125.7138</v>
+        <v>126.6035</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>122.5587</v>
+        <v>123.426</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>152.8286</v>
+        <v>153.9101</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>131.8763</v>
+        <v>132.8095</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>33.08</v>
+        <v>33.3141</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>81.3443</v>
+        <v>81.9199</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>44.3696</v>
+        <v>44.6836</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>16.5646</v>
+        <v>16.6819</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>145.6802</v>
+        <v>146.7111</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>82.5767</v>
+        <v>83.1611</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>22.1848</v>
+        <v>22.3418</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>9.9092</v>
+        <v>9.9793</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>28.8402</v>
+        <v>29.0443</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>123.2489</v>
+        <v>124.121</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>51.7645</v>
+        <v>52.1308</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>69.5124</v>
+        <v>70.0043</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>82.0837</v>
+        <v>82.6646</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>9.9092</v>
+        <v>9.9793</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>110.924</v>
+        <v>111.7089</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>138.0387</v>
+        <v>139.0156</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>111.417</v>
+        <v>112.2054</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>23.4173</v>
+        <v>23.583</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>160.2235</v>
+        <v>161.3574</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>44.6654</v>
+        <v>44.9815</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>16.121</v>
+        <v>16.235</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>160.2235</v>
+        <v>161.3574</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>9.3669</v>
+        <v>9.4332</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>7.3949</v>
+        <v>7.4473</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>10.8459</v>
+        <v>10.9227</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>32.2912</v>
+        <v>32.5197</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>75.1818</v>
+        <v>75.7138</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>83.8092</v>
+        <v>109.2265</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>6.261</v>
+        <v>6.3053</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>19.5226</v>
+        <v>19.6608</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>34.3618</v>
+        <v>34.6049</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>46.1444</v>
+        <v>46.4709</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>19.7691</v>
+        <v>19.909</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>47.5741</v>
+        <v>47.9107</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>110.431</v>
+        <v>111.2125</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>160.2235</v>
+        <v>161.3574</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>18.4873</v>
+        <v>18.6182</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>160.2235</v>
+        <v>161.3574</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>36.6296</v>
+        <v>36.8888</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>15.8745</v>
+        <v>15.9868</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>103.5291</v>
+        <v>109.2265</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>27.1148</v>
+        <v>27.3066</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>66.5544</v>
+        <v>67.0254</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>25.7837</v>
+        <v>25.9661</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>29.0867</v>
+        <v>29.2926</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>18.8324</v>
+        <v>18.9657</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>19.4733</v>
+        <v>19.6111</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>105.994</v>
+        <v>106.7441</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>17.2055</v>
+        <v>17.3273</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>47.5741</v>
+        <v>47.9107</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>155.2936</v>
+        <v>156.3925</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>25.1428</v>
+        <v>25.3207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>4.437</v>
+        <v>4.4684</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>61.6244</v>
+        <v>62.0605</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>125.7138</v>
+        <v>126.6035</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>94.6551</v>
+        <v>95.325</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>81.3443</v>
+        <v>81.9199</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>17.2055</v>
+        <v>17.3273</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>157.7586</v>
+        <v>158.8749</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>94.6551</v>
+        <v>95.325</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>22.1355</v>
+        <v>22.2921</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>51.0743</v>
+        <v>51.4358</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>25.6358</v>
+        <v>25.8172</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>158.9417</v>
+        <v>160.0665</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>19.1775</v>
+        <v>19.3132</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>78.8793</v>
+        <v>79.4375</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>29.3825</v>
+        <v>29.5905</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>132.6158</v>
+        <v>133.5542</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>134.8836</v>
+        <v>135.8381</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>24.8963</v>
+        <v>25.0725</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>18.8324</v>
+        <v>18.9657</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>43.8273</v>
+        <v>44.1374</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>189.8033</v>
+        <v>191.1464</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>19.917</v>
+        <v>20.058</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>97.3666</v>
+        <v>98.0556</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>94.9016</v>
+        <v>95.5732</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>121.0304</v>
+        <v>121.8869</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>20.0649</v>
+        <v>20.2069</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>142.9687</v>
+        <v>143.9804</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>33.08</v>
+        <v>33.3141</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>7.8879</v>
+        <v>7.9437</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>113.389</v>
+        <v>114.1914</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>110.924</v>
+        <v>111.7089</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>126.2068</v>
+        <v>127.0999</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>15.7266</v>
+        <v>15.8378</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>133.1088</v>
+        <v>139.0156</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>73.9493</v>
+        <v>79.4375</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>123.2489</v>
+        <v>124.121</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>16.0224</v>
+        <v>16.1357</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>40.2284</v>
+        <v>40.5131</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>19.7198</v>
+        <v>19.8594</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>125.7138</v>
+        <v>126.6035</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>95.3946</v>
+        <v>96.0697</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>51.8138</v>
+        <v>52.1805</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>52.5533</v>
+        <v>52.9252</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>56.6945</v>
+        <v>57.0957</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>154.0611</v>
+        <v>155.1513</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>22.1848</v>
+        <v>22.3418</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>34.7562</v>
+        <v>35.0021</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>140.5037</v>
+        <v>141.498</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>145.4337</v>
+        <v>146.4628</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>101.0641</v>
+        <v>101.7793</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>17.3534</v>
+        <v>17.4762</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>19.7198</v>
+        <v>19.8594</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>90.4647</v>
+        <v>96.0697</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>94.6551</v>
+        <v>95.325</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>21.5932</v>
+        <v>21.746</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>60.9342</v>
+        <v>61.3654</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>120.7839</v>
+        <v>121.6386</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>94.9016</v>
+        <v>95.5732</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>42.299</v>
+        <v>42.5983</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>105.994</v>
+        <v>109.2265</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>138.0387</v>
+        <v>139.0156</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>16.7125</v>
+        <v>16.8308</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>46.7853</v>
+        <v>47.1163</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>110.924</v>
+        <v>111.7089</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>167.6185</v>
+        <v>168.8046</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>61.6244</v>
+        <v>62.0605</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>30.0727</v>
+        <v>30.2855</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>24.1075</v>
+        <v>25.1717</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>118.3189</v>
+        <v>119.1562</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>66.5544</v>
+        <v>67.0254</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>29.5797</v>
+        <v>29.7891</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>64.0894</v>
+        <v>69.5078</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>59.406</v>
+        <v>59.8263</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>94.6551</v>
+        <v>95.325</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>31.7489</v>
+        <v>31.9736</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>76.4143</v>
+        <v>76.955</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>78.6328</v>
+        <v>79.1892</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>223.8199</v>
+        <v>225.4038</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>9.8599</v>
+        <v>9.9297</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>47.3276</v>
+        <v>47.6625</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>41.2144</v>
+        <v>41.5061</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>10.3529</v>
+        <v>10.4262</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>36.2845</v>
+        <v>36.5412</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>49.2995</v>
+        <v>49.6484</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>77.6468</v>
+        <v>78.1963</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>61.8709</v>
+        <v>62.3088</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>18.2408</v>
+        <v>18.3699</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>151.8426</v>
+        <v>152.9171</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>159.2375</v>
+        <v>160.3644</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>109.6915</v>
+        <v>110.4677</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>61.6244</v>
+        <v>62.0605</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>105.994</v>
+        <v>106.7441</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>120.7839</v>
+        <v>121.6386</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>20.5086</v>
+        <v>20.6537</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>16.0224</v>
+        <v>16.1357</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>61.6244</v>
+        <v>62.0605</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>20.0156</v>
+        <v>20.1573</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>145.4337</v>
+        <v>146.4628</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>22.0862</v>
+        <v>22.2425</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>140.5037</v>
+        <v>141.498</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>134.5878</v>
+        <v>135.5402</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>110.924</v>
+        <v>111.7089</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>32.4884</v>
+        <v>32.7183</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>123.2489</v>
+        <v>124.121</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>116.1004</v>
+        <v>116.922</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>72.4703</v>
+        <v>82.9129</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>94.9016</v>
+        <v>95.5732</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>108.459</v>
+        <v>109.2265</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>6.9019</v>
+        <v>6.9508</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>142.2785</v>
+        <v>143.2853</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>73.9493</v>
+        <v>74.4726</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>86.2742</v>
+        <v>86.8847</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>160.2235</v>
+        <v>161.3574</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>66.5544</v>
+        <v>67.0254</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>3.0073</v>
+        <v>3.0286</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>38.3057</v>
+        <v>38.5768</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>105.994</v>
+        <v>106.7441</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>69.0194</v>
+        <v>69.5078</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>101.5571</v>
+        <v>102.2757</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>9.9092</v>
+        <v>9.9793</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>41.9046</v>
+        <v>42.2012</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>152.8286</v>
+        <v>153.9101</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>73.9493</v>
+        <v>74.4726</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>96.1341</v>
+        <v>96.8144</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>14.5434</v>
+        <v>14.6463</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>87.5067</v>
+        <v>88.1259</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>66.5544</v>
+        <v>71.9902</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>66.5544</v>
+        <v>67.0254</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>68.0334</v>
+        <v>68.5148</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>48.0671</v>
+        <v>48.4072</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>103.2826</v>
+        <v>104.0134</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>71.7308</v>
+        <v>72.2384</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>62.8569</v>
+        <v>63.3017</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>46.3416</v>
+        <v>46.6695</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>92.4367</v>
+        <v>93.0908</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>116.5934</v>
+        <v>117.4185</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>36.9254</v>
+        <v>37.1867</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>29.2346</v>
+        <v>29.4415</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>98.5991</v>
+        <v>99.2968</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>32.5377</v>
+        <v>32.768</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>61.6244</v>
+        <v>62.0605</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>103.5291</v>
+        <v>104.2617</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>21.1495</v>
+        <v>21.2992</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>96.1341</v>
+        <v>106.7441</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>64.0894</v>
+        <v>64.5429</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>36.9747</v>
+        <v>37.2363</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>9.8599</v>
+        <v>9.9297</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>27.1148</v>
+        <v>27.3066</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">