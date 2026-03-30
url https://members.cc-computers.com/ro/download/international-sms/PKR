--- v2 (2026-01-26)
+++ v3 (2026-03-30)
@@ -1087,2559 +1087,2559 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="0">
-        <v>33.0658</v>
+        <v>32.0527</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="0">
-        <v>36.2433</v>
+        <v>35.1329</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="0">
-        <v>136.5331</v>
+        <v>132.3498</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="0">
         <v>4</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="0">
         <v>5</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0">
-        <v>95.5732</v>
+        <v>92.6448</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="0">
         <v>6</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="0">
-        <v>33.8106</v>
+        <v>32.7746</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="0">
         <v>7</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0">
-        <v>84.4023</v>
+        <v>81.8162</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="0">
         <v>8</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0">
-        <v>86.8847</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="0">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="0">
-        <v>35.9951</v>
+        <v>34.8922</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="0">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0">
-        <v>20.6537</v>
+        <v>20.0209</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="0">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="0">
-        <v>12.0149</v>
+        <v>11.6468</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="0">
         <v>12</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="0">
-        <v>126.6035</v>
+        <v>122.7243</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="0">
         <v>13</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0">
-        <v>123.426</v>
+        <v>119.6442</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="0">
         <v>14</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="0">
-        <v>153.9101</v>
+        <v>149.1943</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="0">
         <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="0">
         <v>16</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D17" s="0">
-        <v>132.8095</v>
+        <v>176.8674</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="0">
         <v>17</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="0">
-        <v>33.3141</v>
+        <v>32.2933</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="0">
         <v>18</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="0">
-        <v>81.9199</v>
+        <v>79.4099</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="0">
         <v>19</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="0">
-        <v>44.6836</v>
+        <v>43.3145</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="0">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D21" s="0">
-        <v>16.6819</v>
+        <v>16.1707</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="0">
         <v>21</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="0">
-        <v>146.7111</v>
+        <v>151.8413</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="0">
         <v>22</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="0">
-        <v>83.1611</v>
+        <v>85.4258</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="0">
         <v>23</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D24" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="0">
         <v>24</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D25" s="0">
-        <v>22.3418</v>
+        <v>21.6572</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="0">
         <v>25</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="0">
         <v>26</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="0">
-        <v>9.9793</v>
+        <v>9.6736</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="0">
         <v>27</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D28" s="0">
-        <v>29.0443</v>
+        <v>28.1544</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="0">
         <v>28</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D29" s="0">
-        <v>124.121</v>
+        <v>120.318</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="0">
         <v>29</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D30" s="0">
-        <v>52.1308</v>
+        <v>50.5336</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="0">
         <v>30</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D31" s="0">
-        <v>70.0043</v>
+        <v>67.8593</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="0">
         <v>31</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="0">
-        <v>82.6646</v>
+        <v>80.1318</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="0">
         <v>32</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D33" s="0">
-        <v>9.9793</v>
+        <v>9.6736</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="0">
         <v>33</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D34" s="0">
-        <v>111.7089</v>
+        <v>108.2862</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="0">
         <v>34</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D35" s="0">
-        <v>139.0156</v>
+        <v>134.7561</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="0">
         <v>35</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>112.2054</v>
+        <v>108.7675</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="0">
         <v>36</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D37" s="0">
-        <v>23.583</v>
+        <v>22.8604</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="0">
         <v>37</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="0">
-        <v>161.3574</v>
+        <v>156.4134</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="0">
         <v>38</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D39" s="0">
-        <v>44.9815</v>
+        <v>43.6032</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="0">
         <v>39</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D40" s="0">
-        <v>16.235</v>
+        <v>15.7376</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="0">
         <v>40</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D41" s="0">
-        <v>161.3574</v>
+        <v>156.4134</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="0">
         <v>41</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D42" s="0">
-        <v>9.4332</v>
+        <v>9.1442</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="0">
         <v>42</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D43" s="0">
-        <v>7.4473</v>
+        <v>7.2191</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="0">
         <v>43</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="0">
-        <v>10.9227</v>
+        <v>10.588</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="0">
         <v>44</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D45" s="0">
-        <v>32.5197</v>
+        <v>31.5233</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="0">
         <v>45</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D46" s="0">
-        <v>75.7138</v>
+        <v>73.394</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="0">
         <v>46</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D47" s="0">
-        <v>109.2265</v>
+        <v>105.8798</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="0">
         <v>47</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D48" s="0">
-        <v>6.3053</v>
+        <v>6.1122</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="0">
         <v>48</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D49" s="0">
-        <v>19.6608</v>
+        <v>19.0584</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="0">
         <v>49</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D50" s="0">
-        <v>34.6049</v>
+        <v>33.5447</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="0">
         <v>50</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D51" s="0">
-        <v>46.4709</v>
+        <v>45.0471</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="0">
         <v>51</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="0">
-        <v>19.909</v>
+        <v>19.299</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="0">
         <v>52</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="0">
         <v>53</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D54" s="0">
-        <v>47.9107</v>
+        <v>46.4427</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="0">
         <v>54</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0">
-        <v>111.2125</v>
+        <v>107.8049</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="0">
         <v>55</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D56" s="0">
-        <v>161.3574</v>
+        <v>156.4134</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="0">
         <v>56</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D57" s="0">
-        <v>18.6182</v>
+        <v>18.0477</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="0">
         <v>57</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D58" s="0">
-        <v>161.3574</v>
+        <v>158.8197</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="0">
         <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D59" s="0">
-        <v>36.8888</v>
+        <v>35.7585</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="0">
         <v>59</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D60" s="0">
-        <v>15.9868</v>
+        <v>15.497</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="0">
         <v>60</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D61" s="0">
-        <v>109.2265</v>
+        <v>105.8798</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="0">
         <v>61</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D62" s="0">
-        <v>27.3066</v>
+        <v>26.47</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="0">
         <v>62</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D63" s="0">
-        <v>67.0254</v>
+        <v>64.9717</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="0">
         <v>63</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D64" s="0">
-        <v>25.9661</v>
+        <v>25.1705</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="0">
         <v>64</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D65" s="0">
-        <v>29.2926</v>
+        <v>28.395</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="0">
         <v>65</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D66" s="0">
-        <v>18.9657</v>
+        <v>18.3846</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="0">
         <v>66</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="0">
-        <v>19.6111</v>
+        <v>19.0102</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="0">
         <v>67</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D68" s="0">
-        <v>106.7441</v>
+        <v>103.4735</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="0">
         <v>68</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D69" s="0">
-        <v>17.3273</v>
+        <v>16.7964</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="0">
         <v>69</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D70" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="0">
         <v>70</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D71" s="0">
-        <v>47.9107</v>
+        <v>46.4427</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="0">
         <v>71</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D72" s="0">
-        <v>156.3925</v>
+        <v>151.6007</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="0">
         <v>72</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D73" s="0">
-        <v>25.3207</v>
+        <v>24.5449</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="0">
         <v>73</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D74" s="0">
-        <v>4.4684</v>
+        <v>4.3314</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="0">
         <v>74</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D75" s="0">
-        <v>62.0605</v>
+        <v>60.159</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="0">
         <v>75</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D76" s="0">
-        <v>126.6035</v>
+        <v>122.7243</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="0">
         <v>76</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D77" s="0">
-        <v>95.325</v>
+        <v>92.4042</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="0">
         <v>77</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D78" s="0">
-        <v>81.9199</v>
+        <v>79.4099</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="0">
         <v>78</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D79" s="0">
-        <v>17.3273</v>
+        <v>16.7964</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="0">
         <v>79</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D80" s="0">
-        <v>86.8847</v>
+        <v>84.2226</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="0">
         <v>80</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D81" s="0">
-        <v>158.8749</v>
+        <v>154.007</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="0">
         <v>81</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D82" s="0">
-        <v>95.325</v>
+        <v>92.4042</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="0">
         <v>82</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D83" s="0">
-        <v>22.2921</v>
+        <v>21.6091</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="0">
         <v>83</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D84" s="0">
-        <v>86.8847</v>
+        <v>84.2226</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="0">
         <v>84</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D85" s="0">
-        <v>51.4358</v>
+        <v>49.8598</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="0">
         <v>85</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D86" s="0">
-        <v>86.8847</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="0">
         <v>86</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>89</v>
       </c>
       <c r="D87" s="0">
-        <v>25.8172</v>
+        <v>25.0261</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="0">
         <v>87</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D88" s="0">
-        <v>160.0665</v>
+        <v>155.1621</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="0">
         <v>88</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D89" s="0">
-        <v>19.3132</v>
+        <v>21.8016</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="0">
         <v>89</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D90" s="0">
-        <v>79.4375</v>
+        <v>77.0035</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="0">
         <v>90</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D91" s="0">
-        <v>29.5905</v>
+        <v>28.6838</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="0">
         <v>91</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D92" s="0">
-        <v>133.5542</v>
+        <v>129.4621</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="0">
         <v>92</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D93" s="0">
-        <v>135.8381</v>
+        <v>131.676</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="0">
         <v>93</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D94" s="0">
-        <v>25.0725</v>
+        <v>24.3042</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="0">
         <v>94</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D95" s="0">
-        <v>18.9657</v>
+        <v>18.3846</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="0">
         <v>95</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D96" s="0">
-        <v>44.1374</v>
+        <v>45.9615</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="0">
         <v>96</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D97" s="0">
-        <v>191.1464</v>
+        <v>185.2897</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="0">
         <v>97</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D98" s="0">
-        <v>20.058</v>
+        <v>19.4434</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="0">
         <v>98</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D99" s="0">
-        <v>98.0556</v>
+        <v>95.0512</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="0">
         <v>99</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D100" s="0">
-        <v>95.5732</v>
+        <v>98.9014</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="0">
         <v>100</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D101" s="0">
-        <v>121.8869</v>
+        <v>118.1523</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="0">
         <v>101</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="0">
-        <v>20.2069</v>
+        <v>19.5878</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="0">
         <v>102</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D103" s="0">
-        <v>143.9804</v>
+        <v>139.5689</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="0">
         <v>103</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D104" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="0">
         <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D105" s="0">
-        <v>33.3141</v>
+        <v>32.2933</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="0">
         <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D106" s="0">
-        <v>7.9437</v>
+        <v>7.7004</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="0">
         <v>106</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D107" s="0">
-        <v>114.1914</v>
+        <v>110.6925</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="0">
         <v>107</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D108" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="0">
         <v>108</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D109" s="0">
-        <v>111.7089</v>
+        <v>115.5053</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="0">
         <v>109</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D110" s="0">
-        <v>127.0999</v>
+        <v>123.2056</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="0">
         <v>110</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D111" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="0">
         <v>111</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D112" s="0">
-        <v>15.8378</v>
+        <v>15.3526</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="0">
         <v>112</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D113" s="0">
-        <v>139.0156</v>
+        <v>139.5689</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="0">
         <v>113</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D114" s="0">
-        <v>79.4375</v>
+        <v>77.0035</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="0">
         <v>114</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D115" s="0">
-        <v>124.121</v>
+        <v>120.318</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="0">
         <v>115</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D116" s="0">
-        <v>16.1357</v>
+        <v>15.6413</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="0">
         <v>116</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D117" s="0">
-        <v>40.5131</v>
+        <v>39.2718</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="0">
         <v>117</v>
       </c>
       <c r="B118" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D118" s="0">
-        <v>19.8594</v>
+        <v>19.2509</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="0">
         <v>118</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D119" s="0">
-        <v>126.6035</v>
+        <v>122.7243</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="0">
         <v>119</v>
       </c>
       <c r="B120" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D120" s="0">
-        <v>96.0697</v>
+        <v>93.1261</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="0">
         <v>120</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D121" s="0">
-        <v>52.1805</v>
+        <v>50.5817</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="0">
         <v>121</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D122" s="0">
-        <v>52.9252</v>
+        <v>51.3036</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="0">
         <v>122</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D123" s="0">
-        <v>57.0957</v>
+        <v>55.3463</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="0">
         <v>123</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D124" s="0">
-        <v>155.1513</v>
+        <v>150.3975</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="0">
         <v>124</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D125" s="0">
-        <v>22.3418</v>
+        <v>21.6572</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="0">
         <v>125</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>128</v>
       </c>
       <c r="D126" s="0">
-        <v>35.0021</v>
+        <v>33.9297</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="0">
         <v>126</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D127" s="0">
-        <v>141.498</v>
+        <v>137.1625</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="0">
         <v>127</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D128" s="0">
-        <v>146.4628</v>
+        <v>141.9752</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="0">
         <v>128</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D129" s="0">
-        <v>101.7793</v>
+        <v>98.6607</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="0">
         <v>129</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D130" s="0">
-        <v>17.4762</v>
+        <v>16.9408</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="0">
         <v>130</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D131" s="0">
-        <v>19.8594</v>
+        <v>19.2509</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="0">
         <v>131</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D132" s="0">
-        <v>96.0697</v>
+        <v>93.1261</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="0">
         <v>132</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D133" s="0">
-        <v>95.325</v>
+        <v>92.4042</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="0">
         <v>133</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D134" s="0">
-        <v>21.746</v>
+        <v>21.0797</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="0">
         <v>134</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D135" s="0">
-        <v>61.3654</v>
+        <v>59.4852</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="0">
         <v>135</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D136" s="0">
-        <v>121.6386</v>
+        <v>117.9116</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="0">
         <v>136</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D137" s="0">
-        <v>95.5732</v>
+        <v>92.6448</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="0">
         <v>137</v>
       </c>
       <c r="B138" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D138" s="0">
-        <v>42.5983</v>
+        <v>41.2931</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="0">
         <v>138</v>
       </c>
       <c r="B139" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D139" s="0">
-        <v>109.2265</v>
+        <v>105.8798</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="0">
         <v>139</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>142</v>
       </c>
       <c r="D140" s="0">
-        <v>139.0156</v>
+        <v>134.7561</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="0">
         <v>140</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D141" s="0">
-        <v>16.8308</v>
+        <v>16.3151</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="0">
         <v>141</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D142" s="0">
-        <v>47.1163</v>
+        <v>45.6727</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="0">
         <v>142</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D143" s="0">
-        <v>111.7089</v>
+        <v>108.2862</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="0">
         <v>143</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D144" s="0">
-        <v>168.8046</v>
+        <v>163.6325</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="0">
         <v>144</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D145" s="0">
-        <v>62.0605</v>
+        <v>60.159</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="0">
         <v>145</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D146" s="0">
-        <v>30.2855</v>
+        <v>29.3576</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="0">
         <v>146</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D147" s="0">
-        <v>25.1717</v>
+        <v>24.4005</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="0">
         <v>147</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D148" s="0">
-        <v>119.1562</v>
+        <v>115.5053</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="0">
         <v>148</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D149" s="0">
-        <v>67.0254</v>
+        <v>64.9717</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="0">
         <v>149</v>
       </c>
       <c r="B150" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D150" s="0">
-        <v>29.7891</v>
+        <v>28.8763</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="0">
         <v>150</v>
       </c>
       <c r="B151" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D151" s="0">
-        <v>69.5078</v>
+        <v>67.3781</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="0">
         <v>151</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D152" s="0">
-        <v>59.8263</v>
+        <v>57.9933</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="0">
         <v>152</v>
       </c>
       <c r="B153" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D153" s="0">
-        <v>95.325</v>
+        <v>92.4042</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="0">
         <v>153</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D154" s="0">
-        <v>31.9736</v>
+        <v>30.9939</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="0">
         <v>154</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D155" s="0">
-        <v>76.955</v>
+        <v>74.5971</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="0">
         <v>155</v>
       </c>
       <c r="B156" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D156" s="0">
-        <v>79.1892</v>
+        <v>81.5756</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="0">
         <v>156</v>
       </c>
       <c r="B157" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D157" s="0">
-        <v>225.4038</v>
+        <v>218.4975</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="0">
         <v>157</v>
       </c>
       <c r="B158" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D158" s="0">
-        <v>9.9297</v>
+        <v>9.6254</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="0">
         <v>158</v>
       </c>
       <c r="B159" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D159" s="0">
-        <v>47.6625</v>
+        <v>46.2021</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="0">
         <v>159</v>
       </c>
       <c r="B160" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D160" s="0">
-        <v>41.5061</v>
+        <v>40.2343</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="0">
         <v>160</v>
       </c>
       <c r="B161" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D161" s="0">
-        <v>10.4262</v>
+        <v>10.1067</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="0">
         <v>161</v>
       </c>
       <c r="B162" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D162" s="0">
-        <v>36.5412</v>
+        <v>35.4216</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="0">
         <v>162</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D163" s="0">
-        <v>49.6484</v>
+        <v>48.1272</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="0">
         <v>163</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D164" s="0">
-        <v>78.1963</v>
+        <v>75.8003</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="0">
         <v>164</v>
       </c>
       <c r="B165" s="0" t="s">
         <v>167</v>
       </c>
       <c r="D165" s="0">
-        <v>62.3088</v>
+        <v>60.3996</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="0">
         <v>165</v>
       </c>
       <c r="B166" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D166" s="0">
-        <v>18.3699</v>
+        <v>17.8071</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="0">
         <v>166</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D167" s="0">
-        <v>152.9171</v>
+        <v>148.2318</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="0">
         <v>167</v>
       </c>
       <c r="B168" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D168" s="0">
-        <v>160.3644</v>
+        <v>155.4508</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="0">
         <v>168</v>
       </c>
       <c r="B169" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D169" s="0">
-        <v>110.4677</v>
+        <v>107.083</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="0">
         <v>169</v>
       </c>
       <c r="B170" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D170" s="0">
-        <v>86.8847</v>
+        <v>84.2226</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="0">
         <v>170</v>
       </c>
       <c r="B171" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D171" s="0">
-        <v>62.0605</v>
+        <v>60.159</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="0">
         <v>171</v>
       </c>
       <c r="B172" s="0" t="s">
         <v>174</v>
       </c>
       <c r="D172" s="0">
-        <v>106.7441</v>
+        <v>103.4735</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="0">
         <v>172</v>
       </c>
       <c r="B173" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D173" s="0">
-        <v>121.6386</v>
+        <v>117.9116</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="0">
         <v>173</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D174" s="0">
-        <v>20.6537</v>
+        <v>20.0209</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="0">
         <v>174</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D175" s="0">
-        <v>16.1357</v>
+        <v>15.6413</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="0">
         <v>175</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D176" s="0">
-        <v>62.0605</v>
+        <v>60.159</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="0">
         <v>176</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D177" s="0">
-        <v>20.1573</v>
+        <v>19.5396</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="0">
         <v>177</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D178" s="0">
-        <v>146.4628</v>
+        <v>141.9752</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="0">
         <v>178</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D179" s="0">
-        <v>22.2425</v>
+        <v>21.561</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="0">
         <v>179</v>
       </c>
       <c r="B180" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D180" s="0">
-        <v>141.498</v>
+        <v>139.5689</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="0">
         <v>180</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D181" s="0">
-        <v>135.5402</v>
+        <v>131.3872</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="0">
         <v>181</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D182" s="0">
-        <v>111.7089</v>
+        <v>108.2862</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="0">
         <v>182</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D183" s="0">
-        <v>32.7183</v>
+        <v>31.7158</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="0">
         <v>183</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D184" s="0">
-        <v>124.121</v>
+        <v>120.318</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="0">
         <v>184</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D185" s="0">
-        <v>116.922</v>
+        <v>113.3395</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="0">
         <v>185</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>188</v>
       </c>
       <c r="D186" s="0">
-        <v>82.9129</v>
+        <v>80.3724</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="0">
         <v>186</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D187" s="0">
-        <v>95.5732</v>
+        <v>92.6448</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="0">
         <v>187</v>
       </c>
       <c r="B188" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D188" s="0">
-        <v>109.2265</v>
+        <v>105.8798</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="0">
         <v>188</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D189" s="0">
-        <v>6.9508</v>
+        <v>6.7378</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="0">
         <v>189</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D190" s="0">
-        <v>143.2853</v>
+        <v>138.8951</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="0">
         <v>190</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D191" s="0">
-        <v>74.4726</v>
+        <v>72.1908</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="0">
         <v>191</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D192" s="0">
-        <v>86.8847</v>
+        <v>84.2226</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="0">
         <v>192</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D193" s="0">
-        <v>161.3574</v>
+        <v>156.4134</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="0">
         <v>193</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D194" s="0">
-        <v>67.0254</v>
+        <v>64.9717</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="0">
         <v>194</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D195" s="0">
-        <v>3.0286</v>
+        <v>2.9358</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="0">
         <v>195</v>
       </c>
       <c r="B196" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D196" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="0">
         <v>196</v>
       </c>
       <c r="B197" s="0" t="s">
         <v>199</v>
       </c>
       <c r="D197" s="0">
-        <v>38.5768</v>
+        <v>37.3948</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="0">
         <v>197</v>
       </c>
       <c r="B198" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D198" s="0">
-        <v>106.7441</v>
+        <v>103.4735</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="0">
         <v>198</v>
       </c>
       <c r="B199" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D199" s="0">
-        <v>69.5078</v>
+        <v>67.3781</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="0">
         <v>199</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D200" s="0">
-        <v>102.2757</v>
+        <v>108.7675</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="0">
         <v>200</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>203</v>
       </c>
       <c r="D201" s="0">
-        <v>9.9793</v>
+        <v>9.6736</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="0">
         <v>201</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D202" s="0">
-        <v>42.2012</v>
+        <v>40.9081</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="0">
         <v>202</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>205</v>
       </c>
       <c r="D203" s="0">
-        <v>153.9101</v>
+        <v>149.1943</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="0">
         <v>203</v>
       </c>
       <c r="B204" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D204" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="0">
         <v>204</v>
       </c>
       <c r="B205" s="0" t="s">
         <v>207</v>
       </c>
       <c r="D205" s="0">
-        <v>74.4726</v>
+        <v>72.1908</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="0">
         <v>205</v>
       </c>
       <c r="B206" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D206" s="0">
-        <v>96.8144</v>
+        <v>93.848</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="0">
         <v>206</v>
       </c>
       <c r="B207" s="0" t="s">
         <v>209</v>
       </c>
       <c r="D207" s="0">
-        <v>14.6463</v>
+        <v>14.1975</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="0">
         <v>207</v>
       </c>
       <c r="B208" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D208" s="0">
-        <v>88.1259</v>
+        <v>85.4258</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="0">
         <v>208</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D209" s="0">
-        <v>71.9902</v>
+        <v>69.7844</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="0">
         <v>209</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D210" s="0">
-        <v>67.0254</v>
+        <v>64.9717</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="0">
         <v>210</v>
       </c>
       <c r="B211" s="0" t="s">
         <v>213</v>
       </c>
       <c r="D211" s="0">
-        <v>68.5148</v>
+        <v>66.4155</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="0">
         <v>211</v>
       </c>
       <c r="B212" s="0" t="s">
         <v>214</v>
       </c>
       <c r="D212" s="0">
-        <v>48.4072</v>
+        <v>46.924</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="0">
         <v>212</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>215</v>
       </c>
       <c r="D213" s="0">
-        <v>104.0134</v>
+        <v>100.8265</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="0">
         <v>213</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D214" s="0">
-        <v>72.2384</v>
+        <v>70.0251</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="0">
         <v>214</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>217</v>
       </c>
       <c r="D215" s="0">
-        <v>63.3017</v>
+        <v>61.3622</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="0">
         <v>215</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>218</v>
       </c>
       <c r="D216" s="0">
-        <v>46.6695</v>
+        <v>45.2396</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="0">
         <v>216</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>219</v>
       </c>
       <c r="D217" s="0">
-        <v>93.0908</v>
+        <v>90.2385</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="0">
         <v>217</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D218" s="0">
-        <v>117.4185</v>
+        <v>113.8208</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="0">
         <v>218</v>
       </c>
       <c r="B219" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="0">
-        <v>37.1867</v>
+        <v>36.0473</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="0">
         <v>219</v>
       </c>
       <c r="B220" s="0" t="s">
         <v>222</v>
       </c>
       <c r="D220" s="0">
-        <v>29.4415</v>
+        <v>28.5394</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="0">
         <v>220</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D221" s="0">
-        <v>99.2968</v>
+        <v>96.2544</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="0">
         <v>221</v>
       </c>
       <c r="B222" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D222" s="0">
-        <v>32.768</v>
+        <v>31.7639</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="0">
         <v>222</v>
       </c>
       <c r="B223" s="0" t="s">
         <v>225</v>
       </c>
       <c r="D223" s="0">
-        <v>62.0605</v>
+        <v>60.159</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="0">
         <v>223</v>
       </c>
       <c r="B224" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D224" s="0">
-        <v>104.2617</v>
+        <v>101.0671</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="0">
         <v>224</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D225" s="0">
-        <v>21.2992</v>
+        <v>20.6466</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="0">
         <v>225</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D226" s="0">
-        <v>106.7441</v>
+        <v>103.4735</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="0">
         <v>226</v>
       </c>
       <c r="B227" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D227" s="0">
-        <v>64.5429</v>
+        <v>62.5654</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="0">
         <v>227</v>
       </c>
       <c r="B228" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D228" s="0">
-        <v>37.2363</v>
+        <v>36.0954</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="0">
         <v>228</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D229" s="0">
-        <v>9.9297</v>
+        <v>9.6254</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="0">
         <v>229</v>
       </c>
       <c r="B230" s="0" t="s">
         <v>232</v>
       </c>
       <c r="D230" s="0">
-        <v>27.3066</v>
+        <v>26.47</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">